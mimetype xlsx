--- v0 (2025-11-21)
+++ v1 (2026-01-05)
@@ -14,80 +14,362 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Плитка" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Параметры</t>
   </si>
   <si>
     <t>Стоимость</t>
   </si>
   <si>
     <t>Дата формирования:</t>
   </si>
   <si>
     <t>Телефон:</t>
   </si>
   <si>
     <t>+7 (499) 397-75-77</t>
   </si>
   <si>
-    <t>21.11.2025</t>
+    <t>05.01.2026</t>
+  </si>
+  <si>
+    <t>«Берёзакерамика»</t>
+  </si>
+  <si>
+    <t>AKITA бежевый</t>
+  </si>
+  <si>
+    <t>245 x 65 x 7 мм / 0.24 кг</t>
+  </si>
+  <si>
+    <t>ARFAK коричневый</t>
+  </si>
+  <si>
+    <t>EVIA натурал</t>
+  </si>
+  <si>
+    <t>VERIA серый</t>
+  </si>
+  <si>
+    <t>Alarcon</t>
+  </si>
+  <si>
+    <t>245x65x7</t>
+  </si>
+  <si>
+    <t>KAYLOS терракотовый</t>
+  </si>
+  <si>
+    <t>CREAM натурал</t>
+  </si>
+  <si>
+    <t>65х245x7</t>
+  </si>
+  <si>
+    <t>CREAM натурал R</t>
+  </si>
+  <si>
+    <t>CRETE коричневый</t>
+  </si>
+  <si>
+    <t>ALARCON персик</t>
+  </si>
+  <si>
+    <t xml:space="preserve">245 x 65 x 7 мм </t>
+  </si>
+  <si>
+    <t>TREVI умбра</t>
+  </si>
+  <si>
+    <t>245 x 65 x 7 мм / 9,65 кг</t>
+  </si>
+  <si>
+    <t>SANDIA песочный</t>
+  </si>
+  <si>
+    <t>245 x 65 x 7 мм</t>
+  </si>
+  <si>
+    <t>BRICK WALL палевый</t>
+  </si>
+  <si>
+    <t>250х75 мм</t>
+  </si>
+  <si>
+    <t>BRICK STONE коричневый</t>
+  </si>
+  <si>
+    <t>BRICK STONE бежевый</t>
+  </si>
+  <si>
+    <t>Арагон бежевый</t>
+  </si>
+  <si>
+    <t>246x120 мм</t>
+  </si>
+  <si>
+    <t>Арагон песочный</t>
+  </si>
+  <si>
+    <t>Old town mix</t>
+  </si>
+  <si>
+    <t>Old town бежевый</t>
+  </si>
+  <si>
+    <t>«Керамин»</t>
+  </si>
+  <si>
+    <t>Айдахо 2</t>
+  </si>
+  <si>
+    <t>245 x 65 x 7 мм / 0.27 кг</t>
+  </si>
+  <si>
+    <t>Айдахо 3</t>
+  </si>
+  <si>
+    <t>Айдахо 4</t>
+  </si>
+  <si>
+    <t>245 х 65 х 7 мм / 0,27 кг</t>
+  </si>
+  <si>
+    <t>Амстердам 2</t>
+  </si>
+  <si>
+    <t>Амстердам 4</t>
+  </si>
+  <si>
+    <t>Амстердам шейд</t>
+  </si>
+  <si>
+    <t>Колорадо 1</t>
+  </si>
+  <si>
+    <t>Колорадо 2</t>
+  </si>
+  <si>
+    <t>Колорадо 3</t>
+  </si>
+  <si>
+    <t>Колорадо 4</t>
+  </si>
+  <si>
+    <t>Колорадо 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Юта 4 </t>
+  </si>
+  <si>
+    <t>245 x 65 x 7 мм / 0.26 кг</t>
+  </si>
+  <si>
+    <t>Иллинойс 2</t>
+  </si>
+  <si>
+    <t>245х65</t>
+  </si>
+  <si>
+    <t>Иллинойс 4</t>
+  </si>
+  <si>
+    <t>245 x 65 x 8 мм / 0.28 кг</t>
+  </si>
+  <si>
+    <t>Колорадо 8</t>
+  </si>
+  <si>
+    <t>64x245 мм</t>
+  </si>
+  <si>
+    <t>Мичиган 1</t>
+  </si>
+  <si>
+    <t>Мичиган 3</t>
+  </si>
+  <si>
+    <t>Мичиган 7</t>
+  </si>
+  <si>
+    <t>Техас 3</t>
+  </si>
+  <si>
+    <t>Техас 6</t>
+  </si>
+  <si>
+    <t>Теннесси 1</t>
+  </si>
+  <si>
+    <t>Теннесси 2</t>
+  </si>
+  <si>
+    <t>Теннесси 3</t>
+  </si>
+  <si>
+    <t>Юта 1</t>
+  </si>
+  <si>
+    <t>Юта 2</t>
+  </si>
+  <si>
+    <t>Юта 3</t>
   </si>
   <si>
     <t>Cerrad</t>
   </si>
   <si>
-    <t>Cerrad, Foggia gris</t>
+    <t>ROTT</t>
+  </si>
+  <si>
+    <t>245 x 65 x 6.5 мм / 0.24 кг</t>
+  </si>
+  <si>
+    <t>BROWN</t>
+  </si>
+  <si>
+    <t>COUNTRY CHERRY</t>
+  </si>
+  <si>
+    <t>COUNTRY CHERRY RUSTICAL</t>
+  </si>
+  <si>
+    <t>245 x 65 x 6.5 мм / 0.22 кг</t>
+  </si>
+  <si>
+    <t>SANDY R</t>
+  </si>
+  <si>
+    <t>SANDY</t>
+  </si>
+  <si>
+    <t>Loft brick cardamon</t>
   </si>
   <si>
     <t>245 x 65 x 8 мм</t>
+  </si>
+  <si>
+    <t>Loft brick chili</t>
+  </si>
+  <si>
+    <t>Loft brick curry</t>
+  </si>
+  <si>
+    <t>Loft brick masala</t>
+  </si>
+  <si>
+    <t>Loft brick pepper</t>
+  </si>
+  <si>
+    <t>Loft brick salt</t>
+  </si>
+  <si>
+    <t>Foggia gris</t>
+  </si>
+  <si>
+    <t>Piatto honey</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	300 x 300 x 9 мм.</t>
+  </si>
+  <si>
+    <t>Piatto antracyt</t>
+  </si>
+  <si>
+    <t>300 x 300 x 9 мм / 1.8 кг</t>
+  </si>
+  <si>
+    <t>Piatto gris</t>
+  </si>
+  <si>
+    <t>300 x 300 x 9 мм.</t>
+  </si>
+  <si>
+    <t>Piatto sand</t>
+  </si>
+  <si>
+    <t>RETRO BRICK CHILI</t>
+  </si>
+  <si>
+    <t>245 x 65 x 8 мм / 0.27 кг</t>
+  </si>
+  <si>
+    <t>RETRO BRICK CURRY</t>
+  </si>
+  <si>
+    <t>RETRO BRICK MASALA</t>
+  </si>
+  <si>
+    <t>Retro brick salt</t>
+  </si>
+  <si>
+    <t>RETRO BRICK PEPPER</t>
+  </si>
+  <si>
+    <t>RETRO BRICK CARDAMON</t>
+  </si>
+  <si>
+    <t>DAKOTA</t>
+  </si>
+  <si>
+    <t>GOBI RUSTICAL</t>
+  </si>
+  <si>
+    <t>Old castle grey</t>
+  </si>
+  <si>
+    <t>CREAM</t>
+  </si>
+  <si>
+    <t>CREAM RUSTICAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$р.-419]#,##0.00"/>
     <numFmt numFmtId="165" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -474,335 +756,911 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F440"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A1">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="A49" sqref="A49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12.5078125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.16" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.67" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="15.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="15.75">
       <c r="A2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:6" customHeight="1" ht="15.75">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
-        <v>2285.0</v>
+        <v>1458.0</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C4" s="2"/>
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="2">
+        <v>1458.0</v>
+      </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C5" s="2"/>
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="2">
+        <v>1458.0</v>
+      </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="6">
         <v>44739</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C6" s="2"/>
+      <c r="A6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="2">
+        <v>1458.0</v>
+      </c>
       <c r="D6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="7"/>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C7" s="2"/>
+      <c r="A7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C8" s="2"/>
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C9" s="2"/>
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C10" s="2"/>
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C11" s="2"/>
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C12" s="2"/>
+      <c r="A12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C13" s="2"/>
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="2">
+        <v>1558.0</v>
+      </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C14" s="2"/>
+      <c r="A14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="2">
+        <v>1458.0</v>
+      </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C15" s="2"/>
+      <c r="A15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C16" s="2"/>
+      <c r="A16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C17" s="2"/>
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C18" s="2"/>
+      <c r="A18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C19" s="2"/>
+      <c r="A19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C20" s="2"/>
+      <c r="A20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C21" s="2"/>
+      <c r="A21" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="2">
+        <v>1548.0</v>
+      </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A22" s="8" t="s">
+        <v>35</v>
+      </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C23" s="2"/>
+      <c r="A23" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C24" s="2"/>
+      <c r="A24" t="s">
+        <v>38</v>
+      </c>
+      <c r="B24" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C25" s="2"/>
+      <c r="A25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B25" t="s">
+        <v>40</v>
+      </c>
+      <c r="C25" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C26" s="2"/>
+      <c r="A26" t="s">
+        <v>41</v>
+      </c>
+      <c r="B26" t="s">
+        <v>37</v>
+      </c>
+      <c r="C26" s="2">
+        <v>1289.0</v>
+      </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C27" s="2"/>
+      <c r="A27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27" s="2">
+        <v>1249.0</v>
+      </c>
     </row>
     <row r="28" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C28" s="2"/>
+      <c r="A28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B28" t="s">
+        <v>37</v>
+      </c>
+      <c r="C28" s="2">
+        <v>1249.0</v>
+      </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C29" s="2"/>
+      <c r="A29" t="s">
+        <v>44</v>
+      </c>
+      <c r="B29" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="30" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C30" s="2"/>
+      <c r="A30" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="31" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C31" s="2"/>
+      <c r="A31" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" t="s">
+        <v>37</v>
+      </c>
+      <c r="C31" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="32" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C32" s="2"/>
+      <c r="A32" t="s">
+        <v>47</v>
+      </c>
+      <c r="B32" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="33" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C33" s="2"/>
+      <c r="A33" t="s">
+        <v>48</v>
+      </c>
+      <c r="B33" t="s">
+        <v>37</v>
+      </c>
+      <c r="C33" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="34" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C34" s="2"/>
+      <c r="A34" t="s">
+        <v>49</v>
+      </c>
+      <c r="B34" t="s">
+        <v>50</v>
+      </c>
+      <c r="C34" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="35" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C35" s="2"/>
+      <c r="A35" t="s">
+        <v>51</v>
+      </c>
+      <c r="B35" t="s">
+        <v>52</v>
+      </c>
+      <c r="C35" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="36" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C36" s="2"/>
+      <c r="A36" t="s">
+        <v>53</v>
+      </c>
+      <c r="B36" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="37" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C37" s="2"/>
+      <c r="A37" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" t="s">
+        <v>56</v>
+      </c>
+      <c r="C37" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="38" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C38" s="2"/>
+      <c r="A38" t="s">
+        <v>57</v>
+      </c>
+      <c r="B38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C38" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="39" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C39" s="2"/>
+      <c r="A39" t="s">
+        <v>58</v>
+      </c>
+      <c r="B39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C39" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="40" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C40" s="2"/>
+      <c r="A40" t="s">
+        <v>59</v>
+      </c>
+      <c r="B40" t="s">
+        <v>54</v>
+      </c>
+      <c r="C40" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="41" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C41" s="2"/>
+      <c r="A41" t="s">
+        <v>60</v>
+      </c>
+      <c r="B41" t="s">
+        <v>54</v>
+      </c>
+      <c r="C41" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="42" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C42" s="2"/>
+      <c r="A42" t="s">
+        <v>61</v>
+      </c>
+      <c r="B42" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="43" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C43" s="2"/>
+      <c r="A43" t="s">
+        <v>62</v>
+      </c>
+      <c r="B43" t="s">
+        <v>54</v>
+      </c>
+      <c r="C43" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="44" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C44" s="2"/>
+      <c r="A44" t="s">
+        <v>63</v>
+      </c>
+      <c r="B44" t="s">
+        <v>54</v>
+      </c>
+      <c r="C44" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="45" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C45" s="2"/>
+      <c r="A45" t="s">
+        <v>64</v>
+      </c>
+      <c r="B45" t="s">
+        <v>54</v>
+      </c>
+      <c r="C45" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="46" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C46" s="2"/>
+      <c r="A46" t="s">
+        <v>65</v>
+      </c>
+      <c r="B46" t="s">
+        <v>54</v>
+      </c>
+      <c r="C46" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="47" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C47" s="2"/>
+      <c r="A47" t="s">
+        <v>66</v>
+      </c>
+      <c r="B47" t="s">
+        <v>54</v>
+      </c>
+      <c r="C47" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="48" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C48" s="2"/>
+      <c r="A48" t="s">
+        <v>67</v>
+      </c>
+      <c r="B48" t="s">
+        <v>54</v>
+      </c>
+      <c r="C48" s="2">
+        <v>1489.0</v>
+      </c>
     </row>
     <row r="49" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A49" s="8" t="s">
+        <v>68</v>
+      </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C50" s="2"/>
+      <c r="A50" t="s">
+        <v>69</v>
+      </c>
+      <c r="B50" t="s">
+        <v>70</v>
+      </c>
+      <c r="C50" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="51" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C51" s="2"/>
+      <c r="A51" t="s">
+        <v>71</v>
+      </c>
+      <c r="B51" t="s">
+        <v>70</v>
+      </c>
+      <c r="C51" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="52" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C52" s="2"/>
+      <c r="A52" t="s">
+        <v>72</v>
+      </c>
+      <c r="B52" t="s">
+        <v>70</v>
+      </c>
+      <c r="C52" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="53" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C53" s="2"/>
+      <c r="A53" t="s">
+        <v>73</v>
+      </c>
+      <c r="B53" t="s">
+        <v>74</v>
+      </c>
+      <c r="C53" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="54" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C54" s="2"/>
+      <c r="A54" t="s">
+        <v>75</v>
+      </c>
+      <c r="B54" t="s">
+        <v>74</v>
+      </c>
+      <c r="C54" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="55" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C55" s="2"/>
+      <c r="A55" t="s">
+        <v>76</v>
+      </c>
+      <c r="B55" t="s">
+        <v>70</v>
+      </c>
+      <c r="C55" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="56" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C56" s="2"/>
+      <c r="A56" t="s">
+        <v>77</v>
+      </c>
+      <c r="B56" t="s">
+        <v>78</v>
+      </c>
+      <c r="C56" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="57" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C57" s="2"/>
+      <c r="A57" t="s">
+        <v>79</v>
+      </c>
+      <c r="B57" t="s">
+        <v>54</v>
+      </c>
+      <c r="C57" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="58" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C58" s="2"/>
+      <c r="A58" t="s">
+        <v>80</v>
+      </c>
+      <c r="B58" t="s">
+        <v>54</v>
+      </c>
+      <c r="C58" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="59" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C59" s="2"/>
+      <c r="A59" t="s">
+        <v>81</v>
+      </c>
+      <c r="B59" t="s">
+        <v>78</v>
+      </c>
+      <c r="C59" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="60" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C60" s="2"/>
+      <c r="A60" t="s">
+        <v>82</v>
+      </c>
+      <c r="B60" t="s">
+        <v>54</v>
+      </c>
+      <c r="C60" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="61" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C61" s="2"/>
+      <c r="A61" t="s">
+        <v>83</v>
+      </c>
+      <c r="B61" t="s">
+        <v>54</v>
+      </c>
+      <c r="C61" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="62" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C62" s="2"/>
+      <c r="A62" t="s">
+        <v>84</v>
+      </c>
+      <c r="B62" t="s">
+        <v>78</v>
+      </c>
+      <c r="C62" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="63" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C63" s="2"/>
+      <c r="A63" t="s">
+        <v>85</v>
+      </c>
+      <c r="B63" t="s">
+        <v>86</v>
+      </c>
+      <c r="C63" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="64" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C64" s="2"/>
+      <c r="A64" t="s">
+        <v>87</v>
+      </c>
+      <c r="B64" t="s">
+        <v>88</v>
+      </c>
+      <c r="C64" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="65" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C65" s="2"/>
+      <c r="A65" t="s">
+        <v>89</v>
+      </c>
+      <c r="B65" t="s">
+        <v>90</v>
+      </c>
+      <c r="C65" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="66" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C66" s="2"/>
+      <c r="A66" t="s">
+        <v>91</v>
+      </c>
+      <c r="B66" t="s">
+        <v>88</v>
+      </c>
+      <c r="C66" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="67" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C67" s="2"/>
+      <c r="A67" t="s">
+        <v>92</v>
+      </c>
+      <c r="B67" t="s">
+        <v>93</v>
+      </c>
+      <c r="C67" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="68" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C68" s="2"/>
+      <c r="A68" t="s">
+        <v>94</v>
+      </c>
+      <c r="B68" t="s">
+        <v>54</v>
+      </c>
+      <c r="C68" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="69" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C69" s="2"/>
+      <c r="A69" t="s">
+        <v>95</v>
+      </c>
+      <c r="B69" t="s">
+        <v>54</v>
+      </c>
+      <c r="C69" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="70" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C70" s="2"/>
+      <c r="A70" t="s">
+        <v>96</v>
+      </c>
+      <c r="B70" t="s">
+        <v>54</v>
+      </c>
+      <c r="C70" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="71" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C71" s="2"/>
+      <c r="A71" t="s">
+        <v>97</v>
+      </c>
+      <c r="B71" t="s">
+        <v>54</v>
+      </c>
+      <c r="C71" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="72" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C72" s="2"/>
+      <c r="A72" t="s">
+        <v>98</v>
+      </c>
+      <c r="B72" t="s">
+        <v>54</v>
+      </c>
+      <c r="C72" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="73" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C73" s="2"/>
+      <c r="A73" t="s">
+        <v>99</v>
+      </c>
+      <c r="C73" s="2">
+        <v>1823.0</v>
+      </c>
     </row>
     <row r="74" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C74" s="2"/>
+      <c r="A74" t="s">
+        <v>100</v>
+      </c>
+      <c r="B74" t="s">
+        <v>74</v>
+      </c>
+      <c r="C74" s="2">
+        <v>1755.0</v>
+      </c>
     </row>
     <row r="75" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C75" s="2"/>
+      <c r="A75" t="s">
+        <v>101</v>
+      </c>
+      <c r="B75" t="s">
+        <v>54</v>
+      </c>
+      <c r="C75" s="2">
+        <v>1890.0</v>
+      </c>
     </row>
     <row r="76" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C76" s="2"/>
+      <c r="A76" t="s">
+        <v>102</v>
+      </c>
+      <c r="B76" t="s">
+        <v>70</v>
+      </c>
+      <c r="C76" s="2">
+        <v>1914.0</v>
+      </c>
     </row>
     <row r="77" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C77" s="2"/>
+      <c r="A77" t="s">
+        <v>103</v>
+      </c>
+      <c r="B77" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="2">
+        <v>1914.0</v>
+      </c>
     </row>
     <row r="78" spans="1:6" customHeight="1" ht="15.75">
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:6" customHeight="1" ht="15.75">
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:6" customHeight="1" ht="15.75">
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:6" customHeight="1" ht="15.75">
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:6" customHeight="1" ht="15.75">
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:6" customHeight="1" ht="15.75">
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:6" customHeight="1" ht="15.75">
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:6" customHeight="1" ht="15.75">
       <c r="C85" s="2"/>
     </row>
@@ -1854,50 +2712,52 @@
       <c r="C434" s="2"/>
     </row>
     <row r="435" spans="1:6" customHeight="1" ht="15.75">
       <c r="C435" s="2"/>
     </row>
     <row r="436" spans="1:6" customHeight="1" ht="15.75">
       <c r="C436" s="2"/>
     </row>
     <row r="437" spans="1:6" customHeight="1" ht="15.75">
       <c r="C437" s="2"/>
     </row>
     <row r="438" spans="1:6" customHeight="1" ht="15.75">
       <c r="C438" s="2"/>
     </row>
     <row r="439" spans="1:6" customHeight="1" ht="15.75">
       <c r="C439" s="2"/>
     </row>
     <row r="440" spans="1:6" customHeight="1" ht="15.75">
       <c r="C440" s="2"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="D2:F4"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A49:C49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">