--- v1 (2026-01-05)
+++ v2 (2026-02-19)
@@ -14,158 +14,281 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Плитка" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Параметры</t>
   </si>
   <si>
     <t>Стоимость</t>
   </si>
   <si>
     <t>Дата формирования:</t>
   </si>
   <si>
     <t>Телефон:</t>
   </si>
   <si>
     <t>+7 (499) 397-75-77</t>
   </si>
   <si>
-    <t>05.01.2026</t>
-[...2 lines deleted...]
-    <t>«Берёзакерамика»</t>
+    <t>19.02.2026</t>
+  </si>
+  <si>
+    <t>«Берёзакерамика» фасадная</t>
+  </si>
+  <si>
+    <t>BRICK STONE бежевый</t>
+  </si>
+  <si>
+    <t>250х75 мм</t>
+  </si>
+  <si>
+    <t>Wall серый</t>
+  </si>
+  <si>
+    <t>245х65 мм  7 мм</t>
   </si>
   <si>
     <t>AKITA бежевый</t>
   </si>
   <si>
+    <t>245x65 мм 7 мм</t>
+  </si>
+  <si>
+    <t>Brick wall табачный</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 250х75 мм</t>
+  </si>
+  <si>
+    <t>ARFAK коричневый</t>
+  </si>
+  <si>
     <t>245 x 65 x 7 мм / 0.24 кг</t>
   </si>
   <si>
-    <t>ARFAK коричневый</t>
-[...1 lines deleted...]
-  <si>
     <t>EVIA натурал</t>
   </si>
   <si>
     <t>VERIA серый</t>
   </si>
   <si>
     <t>Alarcon</t>
   </si>
   <si>
     <t>245x65x7</t>
   </si>
   <si>
     <t>KAYLOS терракотовый</t>
   </si>
   <si>
     <t>CREAM натурал</t>
   </si>
   <si>
     <t>65х245x7</t>
   </si>
   <si>
     <t>CREAM натурал R</t>
   </si>
   <si>
     <t>CRETE коричневый</t>
   </si>
   <si>
     <t>ALARCON персик</t>
   </si>
   <si>
     <t xml:space="preserve">245 x 65 x 7 мм </t>
   </si>
   <si>
     <t>TREVI умбра</t>
   </si>
   <si>
     <t>245 x 65 x 7 мм / 9,65 кг</t>
   </si>
   <si>
     <t>SANDIA песочный</t>
   </si>
   <si>
     <t>245 x 65 x 7 мм</t>
   </si>
   <si>
+    <t>Stone палевый</t>
+  </si>
+  <si>
+    <t>245х65 мм</t>
+  </si>
+  <si>
     <t>BRICK WALL палевый</t>
   </si>
   <si>
-    <t>250х75 мм</t>
+    <t>Brick house терракотовый</t>
+  </si>
+  <si>
+    <t>Stone графитовый</t>
+  </si>
+  <si>
+    <t>245 x 65 x 8 мм / 0.28 кг</t>
   </si>
   <si>
     <t>BRICK STONE коричневый</t>
   </si>
   <si>
-    <t>BRICK STONE бежевый</t>
-[...1 lines deleted...]
-  <si>
     <t>Арагон бежевый</t>
   </si>
   <si>
     <t>246x120 мм</t>
   </si>
   <si>
     <t>Арагон песочный</t>
   </si>
   <si>
     <t>Old town mix</t>
   </si>
   <si>
     <t>Old town бежевый</t>
   </si>
   <si>
-    <t>«Керамин»</t>
+    <t>«Берёзакерамика»  интерьерная</t>
+  </si>
+  <si>
+    <t>Денвер GP серый</t>
+  </si>
+  <si>
+    <t>594х147 мм</t>
+  </si>
+  <si>
+    <t>Дуб GP бежевый</t>
+  </si>
+  <si>
+    <t>Дуб палевый</t>
+  </si>
+  <si>
+    <t>Нордик GP бежевый</t>
+  </si>
+  <si>
+    <t>Шато GP коричневый</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 594х147 мм</t>
+  </si>
+  <si>
+    <t>Шервуд GP Коричневый</t>
+  </si>
+  <si>
+    <t>Техас GP бежевый</t>
+  </si>
+  <si>
+    <t>Торонто GP графитовый</t>
+  </si>
+  <si>
+    <t>Carlo белый</t>
+  </si>
+  <si>
+    <t>600х300 мм</t>
+  </si>
+  <si>
+    <t>Eiger светло-бежевый</t>
+  </si>
+  <si>
+    <t>Eiger бежевый</t>
+  </si>
+  <si>
+    <t>600х300 мм  9 мм</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eiger 1 декор бежевый</t>
+  </si>
+  <si>
+    <t>Eiger декор бежевый</t>
+  </si>
+  <si>
+    <t>Tambre натурал</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 600х300 мм 9 мм</t>
+  </si>
+  <si>
+    <t>Tambre G натурал</t>
+  </si>
+  <si>
+    <t>418х418х8</t>
+  </si>
+  <si>
+    <t>AVERNO G</t>
+  </si>
+  <si>
+    <t>418Х418 ММ</t>
+  </si>
+  <si>
+    <t>Burgos G натурал</t>
+  </si>
+  <si>
+    <t>418х418 мм 8 мм</t>
+  </si>
+  <si>
+    <t>Guernsey коричневый</t>
+  </si>
+  <si>
+    <t>Cottage Cardamon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	320 x 300 x 9 мм </t>
+  </si>
+  <si>
+    <t>Cottage Curry</t>
+  </si>
+  <si>
+    <t>320 x 300 x 9 мм</t>
+  </si>
+  <si>
+    <t>«Керамин» фасадная</t>
   </si>
   <si>
     <t>Айдахо 2</t>
   </si>
   <si>
     <t>245 x 65 x 7 мм / 0.27 кг</t>
   </si>
   <si>
     <t>Айдахо 3</t>
   </si>
   <si>
     <t>Айдахо 4</t>
   </si>
   <si>
     <t>245 х 65 х 7 мм / 0,27 кг</t>
   </si>
   <si>
     <t>Амстердам 2</t>
   </si>
   <si>
     <t>Амстердам 4</t>
   </si>
   <si>
     <t>Амстердам шейд</t>
   </si>
@@ -178,93 +301,90 @@
   <si>
     <t>Колорадо 3</t>
   </si>
   <si>
     <t>Колорадо 4</t>
   </si>
   <si>
     <t>Колорадо 5</t>
   </si>
   <si>
     <t xml:space="preserve">Юта 4 </t>
   </si>
   <si>
     <t>245 x 65 x 7 мм / 0.26 кг</t>
   </si>
   <si>
     <t>Иллинойс 2</t>
   </si>
   <si>
     <t>245х65</t>
   </si>
   <si>
     <t>Иллинойс 4</t>
   </si>
   <si>
-    <t>245 x 65 x 8 мм / 0.28 кг</t>
-[...1 lines deleted...]
-  <si>
     <t>Колорадо 8</t>
   </si>
   <si>
     <t>64x245 мм</t>
   </si>
   <si>
     <t>Мичиган 1</t>
   </si>
   <si>
     <t>Мичиган 3</t>
   </si>
   <si>
     <t>Мичиган 7</t>
   </si>
   <si>
     <t>Техас 3</t>
   </si>
   <si>
     <t>Техас 6</t>
   </si>
   <si>
     <t>Теннесси 1</t>
   </si>
   <si>
     <t>Теннесси 2</t>
   </si>
   <si>
     <t>Теннесси 3</t>
   </si>
   <si>
     <t>Юта 1</t>
   </si>
   <si>
     <t>Юта 2</t>
   </si>
   <si>
     <t>Юта 3</t>
   </si>
   <si>
-    <t>Cerrad</t>
+    <t>Cerrad фасадная</t>
   </si>
   <si>
     <t>ROTT</t>
   </si>
   <si>
     <t>245 x 65 x 6.5 мм / 0.24 кг</t>
   </si>
   <si>
     <t>BROWN</t>
   </si>
   <si>
     <t>COUNTRY CHERRY</t>
   </si>
   <si>
     <t>COUNTRY CHERRY RUSTICAL</t>
   </si>
   <si>
     <t>245 x 65 x 6.5 мм / 0.22 кг</t>
   </si>
   <si>
     <t>SANDY R</t>
   </si>
   <si>
     <t>SANDY</t>
   </si>
@@ -326,50 +446,122 @@
     <t>RETRO BRICK MASALA</t>
   </si>
   <si>
     <t>Retro brick salt</t>
   </si>
   <si>
     <t>RETRO BRICK PEPPER</t>
   </si>
   <si>
     <t>RETRO BRICK CARDAMON</t>
   </si>
   <si>
     <t>DAKOTA</t>
   </si>
   <si>
     <t>GOBI RUSTICAL</t>
   </si>
   <si>
     <t>Old castle grey</t>
   </si>
   <si>
     <t>CREAM</t>
   </si>
   <si>
     <t>CREAM RUSTICAL</t>
+  </si>
+  <si>
+    <t>Kamien Aragon brick</t>
+  </si>
+  <si>
+    <t>450 x 150 x 9 мм / 1.2 кг</t>
+  </si>
+  <si>
+    <t>Catalea beige</t>
+  </si>
+  <si>
+    <t>900 x 175 x 8 мм</t>
+  </si>
+  <si>
+    <t>Catalea bianco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catalea desert </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	900 x 175 x 8 мм</t>
+  </si>
+  <si>
+    <t>Elewacja gladka brazowa (brown) spec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">245 x 65 x 6.5 мм </t>
+  </si>
+  <si>
+    <t>Elewacja gladka burgund plus</t>
+  </si>
+  <si>
+    <t>245 x 65 x 6.5 мм</t>
+  </si>
+  <si>
+    <t>Elewacja rustiko alaska spec</t>
+  </si>
+  <si>
+    <t>Foggia bianco spec</t>
+  </si>
+  <si>
+    <t>CERRAD интерьерная</t>
+  </si>
+  <si>
+    <t>Burgund plus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	300 x 148 x 11 мм</t>
+  </si>
+  <si>
+    <t>Limeria desert rect</t>
+  </si>
+  <si>
+    <t xml:space="preserve">597 x 597 x 8.5 мм </t>
+  </si>
+  <si>
+    <t>Tassero beige</t>
+  </si>
+  <si>
+    <t>597 x 597 x 8.5 мм</t>
+  </si>
+  <si>
+    <t>Gobi напольная</t>
+  </si>
+  <si>
+    <t>300 x 300 x 11 мм</t>
+  </si>
+  <si>
+    <t>Gobi ступень прямая</t>
+  </si>
+  <si>
+    <t>Gobi ступень угловая</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$р.-419]#,##0.00"/>
     <numFmt numFmtId="165" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -756,1034 +948,1352 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F440"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" topLeftCell="A1">
-      <selection activeCell="A49" sqref="A49"/>
+      <selection activeCell="A112" sqref="A112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12.5078125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.16" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.67" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="15.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="15.75">
       <c r="A2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:6" customHeight="1" ht="15.75">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
-        <v>1458.0</v>
+        <v>1610.0</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="15.75">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C4" s="2">
-        <v>1458.0</v>
+        <v>1040.0</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="15.75">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2">
-        <v>1458.0</v>
+        <v>1040.0</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="6">
         <v>44739</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="15.75">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C6" s="2">
-        <v>1458.0</v>
+        <v>1130.0</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="7"/>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="15.75">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C7" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="15.75">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C8" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="15.75">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="15.75">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C10" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="15.75">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C11" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="15.75">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C12" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="15.75">
       <c r="A13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C13" s="2">
-        <v>1558.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="15.75">
       <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
         <v>24</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="2">
-        <v>1458.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="15.75">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C15" s="2">
-        <v>1548.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="15.75">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C16" s="2">
-        <v>1548.0</v>
+        <v>1610.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="15.75">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C17" s="2">
-        <v>1548.0</v>
+        <v>1510.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="15.75">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C18" s="2">
-        <v>1548.0</v>
+        <v>1040.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="15.75">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="C19" s="2">
-        <v>1548.0</v>
+        <v>1610.0</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="15.75">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="C20" s="2">
-        <v>1548.0</v>
+        <v>1130.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="15.75">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>37</v>
+      </c>
+      <c r="B21" t="s">
+        <v>38</v>
       </c>
       <c r="C21" s="2">
-        <v>1548.0</v>
+        <v>1040.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="15.75">
-      <c r="A22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="2"/>
+      <c r="A22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="2">
+        <v>1610.0</v>
+      </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="15.75">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C23" s="2">
-        <v>1489.0</v>
+        <v>1610.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="15.75">
       <c r="A24" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B24" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C24" s="2">
-        <v>1489.0</v>
+        <v>1610.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="15.75">
       <c r="A25" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C25" s="2">
-        <v>1489.0</v>
+        <v>1610.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="15.75">
       <c r="A26" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C26" s="2">
-        <v>1289.0</v>
+        <v>1610.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="15.75">
-      <c r="A27" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A27" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:6" customHeight="1" ht="15.75">
       <c r="A28" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B28" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C28" s="2">
-        <v>1249.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="15.75">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C29" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="30" spans="1:6" customHeight="1" ht="15.75">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C30" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="31" spans="1:6" customHeight="1" ht="15.75">
       <c r="A31" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C31" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="32" spans="1:6" customHeight="1" ht="15.75">
       <c r="A32" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B32" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="C32" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="33" spans="1:6" customHeight="1" ht="15.75">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B33" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C33" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="34" spans="1:6" customHeight="1" ht="15.75">
       <c r="A34" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C34" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="35" spans="1:6" customHeight="1" ht="15.75">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="2">
-        <v>1489.0</v>
+        <v>1020.0</v>
       </c>
     </row>
     <row r="36" spans="1:6" customHeight="1" ht="15.75">
       <c r="A36" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C36" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="37" spans="1:6" customHeight="1" ht="15.75">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B37" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C37" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="38" spans="1:6" customHeight="1" ht="15.75">
       <c r="A38" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C38" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="39" spans="1:6" customHeight="1" ht="15.75">
       <c r="A39" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B39" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C39" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="40" spans="1:6" customHeight="1" ht="15.75">
       <c r="A40" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B40" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C40" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="41" spans="1:6" customHeight="1" ht="15.75">
       <c r="A41" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="C41" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="42" spans="1:6" customHeight="1" ht="15.75">
       <c r="A42" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B42" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="C42" s="2">
-        <v>1489.0</v>
+        <v>825.0</v>
       </c>
     </row>
     <row r="43" spans="1:6" customHeight="1" ht="15.75">
       <c r="A43" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B43" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="C43" s="2">
-        <v>1489.0</v>
+        <v>825.0</v>
       </c>
     </row>
     <row r="44" spans="1:6" customHeight="1" ht="15.75">
       <c r="A44" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B44" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="C44" s="2">
-        <v>1489.0</v>
+        <v>825.0</v>
       </c>
     </row>
     <row r="45" spans="1:6" customHeight="1" ht="15.75">
       <c r="A45" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B45" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C45" s="2">
-        <v>1489.0</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="46" spans="1:6" customHeight="1" ht="15.75">
       <c r="A46" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B46" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="C46" s="2">
-        <v>1489.0</v>
+        <v>1620.0</v>
       </c>
     </row>
     <row r="47" spans="1:6" customHeight="1" ht="15.75">
       <c r="A47" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B47" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="C47" s="2">
+        <v>1620.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A48" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C48" s="2"/>
+    </row>
+    <row r="49" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A49" t="s">
+        <v>77</v>
+      </c>
+      <c r="B49" t="s">
+        <v>78</v>
+      </c>
+      <c r="C49" s="2">
         <v>1489.0</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:6" customHeight="1" ht="15.75">
       <c r="A50" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="B50" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C50" s="2">
-        <v>1642.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="51" spans="1:6" customHeight="1" ht="15.75">
       <c r="A51" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B51" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C51" s="2">
-        <v>1642.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="52" spans="1:6" customHeight="1" ht="15.75">
       <c r="A52" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="B52" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C52" s="2">
-        <v>1642.0</v>
+        <v>1289.0</v>
       </c>
     </row>
     <row r="53" spans="1:6" customHeight="1" ht="15.75">
       <c r="A53" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="B53" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C53" s="2">
-        <v>1642.0</v>
+        <v>1249.0</v>
       </c>
     </row>
     <row r="54" spans="1:6" customHeight="1" ht="15.75">
       <c r="A54" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B54" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C54" s="2">
-        <v>1642.0</v>
+        <v>1249.0</v>
       </c>
     </row>
     <row r="55" spans="1:6" customHeight="1" ht="15.75">
       <c r="A55" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B55" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C55" s="2">
-        <v>1642.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="56" spans="1:6" customHeight="1" ht="15.75">
       <c r="A56" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>78</v>
       </c>
       <c r="C56" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="57" spans="1:6" customHeight="1" ht="15.75">
       <c r="A57" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="B57" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="C57" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="58" spans="1:6" customHeight="1" ht="15.75">
       <c r="A58" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B58" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="C58" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="59" spans="1:6" customHeight="1" ht="15.75">
       <c r="A59" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="60" spans="1:6" customHeight="1" ht="15.75">
       <c r="A60" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="B60" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="C60" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="61" spans="1:6" customHeight="1" ht="15.75">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="B61" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="C61" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="62" spans="1:6" customHeight="1" ht="15.75">
       <c r="A62" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="B62" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="C62" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="63" spans="1:6" customHeight="1" ht="15.75">
       <c r="A63" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="B63" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C63" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="64" spans="1:6" customHeight="1" ht="15.75">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="B64" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="C64" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="65" spans="1:6" customHeight="1" ht="15.75">
       <c r="A65" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="B65" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="C65" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="66" spans="1:6" customHeight="1" ht="15.75">
       <c r="A66" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="B66" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="C66" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="67" spans="1:6" customHeight="1" ht="15.75">
       <c r="A67" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B67" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="C67" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="68" spans="1:6" customHeight="1" ht="15.75">
       <c r="A68" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="B68" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C68" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="69" spans="1:6" customHeight="1" ht="15.75">
       <c r="A69" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B69" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C69" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="70" spans="1:6" customHeight="1" ht="15.75">
       <c r="A70" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="B70" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C70" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="71" spans="1:6" customHeight="1" ht="15.75">
       <c r="A71" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B71" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C71" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="72" spans="1:6" customHeight="1" ht="15.75">
       <c r="A72" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="B72" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C72" s="2">
-        <v>2295.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="73" spans="1:6" customHeight="1" ht="15.75">
       <c r="A73" t="s">
-        <v>99</v>
+        <v>106</v>
+      </c>
+      <c r="B73" t="s">
+        <v>38</v>
       </c>
       <c r="C73" s="2">
-        <v>1823.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="74" spans="1:6" customHeight="1" ht="15.75">
       <c r="A74" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B74" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="C74" s="2">
-        <v>1755.0</v>
+        <v>1489.0</v>
       </c>
     </row>
     <row r="75" spans="1:6" customHeight="1" ht="15.75">
-      <c r="A75" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A75" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:6" customHeight="1" ht="15.75">
       <c r="A76" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="B76" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="C76" s="2">
-        <v>1914.0</v>
+        <v>1642.0</v>
       </c>
     </row>
     <row r="77" spans="1:6" customHeight="1" ht="15.75">
       <c r="A77" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B77" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="C77" s="2">
+        <v>1642.0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A78" t="s">
+        <v>112</v>
+      </c>
+      <c r="B78" t="s">
+        <v>110</v>
+      </c>
+      <c r="C78" s="2">
+        <v>1642.0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A79" t="s">
+        <v>113</v>
+      </c>
+      <c r="B79" t="s">
+        <v>114</v>
+      </c>
+      <c r="C79" s="2">
+        <v>1642.0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A80" t="s">
+        <v>115</v>
+      </c>
+      <c r="B80" t="s">
+        <v>114</v>
+      </c>
+      <c r="C80" s="2">
+        <v>1642.0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A81" t="s">
+        <v>116</v>
+      </c>
+      <c r="B81" t="s">
+        <v>110</v>
+      </c>
+      <c r="C81" s="2">
+        <v>1642.0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A82" t="s">
+        <v>117</v>
+      </c>
+      <c r="B82" t="s">
+        <v>118</v>
+      </c>
+      <c r="C82" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A83" t="s">
+        <v>119</v>
+      </c>
+      <c r="B83" t="s">
+        <v>38</v>
+      </c>
+      <c r="C83" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A84" t="s">
+        <v>120</v>
+      </c>
+      <c r="B84" t="s">
+        <v>38</v>
+      </c>
+      <c r="C84" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A85" t="s">
+        <v>121</v>
+      </c>
+      <c r="B85" t="s">
+        <v>118</v>
+      </c>
+      <c r="C85" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A86" t="s">
+        <v>122</v>
+      </c>
+      <c r="B86" t="s">
+        <v>38</v>
+      </c>
+      <c r="C86" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A87" t="s">
+        <v>123</v>
+      </c>
+      <c r="B87" t="s">
+        <v>38</v>
+      </c>
+      <c r="C87" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A88" t="s">
+        <v>124</v>
+      </c>
+      <c r="B88" t="s">
+        <v>118</v>
+      </c>
+      <c r="C88" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A89" t="s">
+        <v>125</v>
+      </c>
+      <c r="B89" t="s">
+        <v>126</v>
+      </c>
+      <c r="C89" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A90" t="s">
+        <v>127</v>
+      </c>
+      <c r="B90" t="s">
+        <v>128</v>
+      </c>
+      <c r="C90" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A91" t="s">
+        <v>129</v>
+      </c>
+      <c r="B91" t="s">
+        <v>130</v>
+      </c>
+      <c r="C91" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A92" t="s">
+        <v>131</v>
+      </c>
+      <c r="B92" t="s">
+        <v>128</v>
+      </c>
+      <c r="C92" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A93" t="s">
+        <v>132</v>
+      </c>
+      <c r="B93" t="s">
+        <v>133</v>
+      </c>
+      <c r="C93" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A94" t="s">
+        <v>134</v>
+      </c>
+      <c r="B94" t="s">
+        <v>38</v>
+      </c>
+      <c r="C94" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A95" t="s">
+        <v>135</v>
+      </c>
+      <c r="B95" t="s">
+        <v>38</v>
+      </c>
+      <c r="C95" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A96" t="s">
+        <v>136</v>
+      </c>
+      <c r="B96" t="s">
+        <v>38</v>
+      </c>
+      <c r="C96" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A97" t="s">
+        <v>137</v>
+      </c>
+      <c r="B97" t="s">
+        <v>38</v>
+      </c>
+      <c r="C97" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A98" t="s">
+        <v>138</v>
+      </c>
+      <c r="B98" t="s">
+        <v>38</v>
+      </c>
+      <c r="C98" s="2">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A99" t="s">
+        <v>139</v>
+      </c>
+      <c r="C99" s="2">
+        <v>1823.0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A100" t="s">
+        <v>140</v>
+      </c>
+      <c r="B100" t="s">
+        <v>114</v>
+      </c>
+      <c r="C100" s="2">
+        <v>1755.0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A101" t="s">
+        <v>141</v>
+      </c>
+      <c r="B101" t="s">
+        <v>38</v>
+      </c>
+      <c r="C101" s="2">
+        <v>1890.0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A102" t="s">
+        <v>142</v>
+      </c>
+      <c r="B102" t="s">
+        <v>110</v>
+      </c>
+      <c r="C102" s="2">
         <v>1914.0</v>
       </c>
     </row>
-    <row r="78" spans="1:6" customHeight="1" ht="15.75">
-[...73 lines deleted...]
-    </row>
     <row r="103" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C103" s="2"/>
+      <c r="A103" t="s">
+        <v>143</v>
+      </c>
+      <c r="B103" t="s">
+        <v>114</v>
+      </c>
+      <c r="C103" s="2">
+        <v>1914.0</v>
+      </c>
     </row>
     <row r="104" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C104" s="2"/>
+      <c r="A104" t="s">
+        <v>144</v>
+      </c>
+      <c r="B104" t="s">
+        <v>145</v>
+      </c>
+      <c r="C104" s="2">
+        <v>2310.0</v>
+      </c>
     </row>
     <row r="105" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C105" s="2"/>
+      <c r="A105" t="s">
+        <v>146</v>
+      </c>
+      <c r="B105" t="s">
+        <v>147</v>
+      </c>
+      <c r="C105" s="2">
+        <v>1350.0</v>
+      </c>
     </row>
     <row r="106" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C106" s="2"/>
+      <c r="A106" t="s">
+        <v>148</v>
+      </c>
+      <c r="B106" t="s">
+        <v>147</v>
+      </c>
+      <c r="C106" s="2">
+        <v>1350.0</v>
+      </c>
     </row>
     <row r="107" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C107" s="2"/>
+      <c r="A107" t="s">
+        <v>149</v>
+      </c>
+      <c r="B107" t="s">
+        <v>150</v>
+      </c>
+      <c r="C107" s="2">
+        <v>1350.0</v>
+      </c>
     </row>
     <row r="108" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C108" s="2"/>
+      <c r="A108" t="s">
+        <v>151</v>
+      </c>
+      <c r="B108" t="s">
+        <v>152</v>
+      </c>
+      <c r="C108" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="109" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C109" s="2"/>
+      <c r="A109" t="s">
+        <v>153</v>
+      </c>
+      <c r="B109" t="s">
+        <v>154</v>
+      </c>
+      <c r="C109" s="2">
+        <v>1642.0</v>
+      </c>
     </row>
     <row r="110" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C110" s="2"/>
+      <c r="A110" t="s">
+        <v>155</v>
+      </c>
+      <c r="B110" t="s">
+        <v>154</v>
+      </c>
+      <c r="C110" s="2">
+        <v>1823.0</v>
+      </c>
     </row>
     <row r="111" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C111" s="2"/>
+      <c r="A111" t="s">
+        <v>156</v>
+      </c>
+      <c r="B111" t="s">
+        <v>118</v>
+      </c>
+      <c r="C111" s="2">
+        <v>2295.0</v>
+      </c>
     </row>
     <row r="112" spans="1:6" customHeight="1" ht="15.75">
+      <c r="A112" s="8" t="s">
+        <v>157</v>
+      </c>
       <c r="C112" s="2"/>
     </row>
     <row r="113" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C113" s="2"/>
+      <c r="A113" t="s">
+        <v>158</v>
+      </c>
+      <c r="B113" t="s">
+        <v>159</v>
+      </c>
+      <c r="C113" s="2">
+        <v>2025.0</v>
+      </c>
     </row>
     <row r="114" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C114" s="2"/>
+      <c r="A114" t="s">
+        <v>160</v>
+      </c>
+      <c r="B114" t="s">
+        <v>161</v>
+      </c>
+      <c r="C114" s="2">
+        <v>1080.0</v>
+      </c>
     </row>
     <row r="115" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C115" s="2"/>
+      <c r="A115" t="s">
+        <v>162</v>
+      </c>
+      <c r="B115" t="s">
+        <v>163</v>
+      </c>
+      <c r="C115" s="2">
+        <v>1080.0</v>
+      </c>
     </row>
     <row r="116" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C116" s="2"/>
+      <c r="A116" t="s">
+        <v>164</v>
+      </c>
+      <c r="B116" t="s">
+        <v>165</v>
+      </c>
+      <c r="C116" s="2">
+        <v>675.0</v>
+      </c>
     </row>
     <row r="117" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C117" s="2"/>
+      <c r="A117" t="s">
+        <v>166</v>
+      </c>
+      <c r="B117" t="s">
+        <v>165</v>
+      </c>
+      <c r="C117" s="2">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="118" spans="1:6" customHeight="1" ht="15.75">
-      <c r="C118" s="2"/>
+      <c r="A118" t="s">
+        <v>167</v>
+      </c>
+      <c r="B118" t="s">
+        <v>165</v>
+      </c>
+      <c r="C118" s="2">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="119" spans="1:6" customHeight="1" ht="15.75">
       <c r="C119" s="2"/>
     </row>
     <row r="120" spans="1:6" customHeight="1" ht="15.75">
       <c r="C120" s="2"/>
     </row>
     <row r="121" spans="1:6" customHeight="1" ht="15.75">
       <c r="C121" s="2"/>
     </row>
     <row r="122" spans="1:6" customHeight="1" ht="15.75">
       <c r="C122" s="2"/>
     </row>
     <row r="123" spans="1:6" customHeight="1" ht="15.75">
       <c r="C123" s="2"/>
     </row>
     <row r="124" spans="1:6" customHeight="1" ht="15.75">
       <c r="C124" s="2"/>
     </row>
     <row r="125" spans="1:6" customHeight="1" ht="15.75">
       <c r="C125" s="2"/>
     </row>
     <row r="126" spans="1:6" customHeight="1" ht="15.75">
       <c r="C126" s="2"/>
     </row>
@@ -2712,52 +3222,54 @@
       <c r="C434" s="2"/>
     </row>
     <row r="435" spans="1:6" customHeight="1" ht="15.75">
       <c r="C435" s="2"/>
     </row>
     <row r="436" spans="1:6" customHeight="1" ht="15.75">
       <c r="C436" s="2"/>
     </row>
     <row r="437" spans="1:6" customHeight="1" ht="15.75">
       <c r="C437" s="2"/>
     </row>
     <row r="438" spans="1:6" customHeight="1" ht="15.75">
       <c r="C438" s="2"/>
     </row>
     <row r="439" spans="1:6" customHeight="1" ht="15.75">
       <c r="C439" s="2"/>
     </row>
     <row r="440" spans="1:6" customHeight="1" ht="15.75">
       <c r="C440" s="2"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="D2:F4"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="A2:C2"/>
-    <mergeCell ref="A22:C22"/>
-    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A27:C27"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="A112:C112"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51181102362205" footer="0.51181102362205"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">